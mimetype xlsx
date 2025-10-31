--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R089aae44acc543d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349fdebef71d4b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ca85e280474793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd480690de3394cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fb2894d0144a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ca85e280474793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7064b1fdd2844db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd480690de3394cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Groesste US Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...183 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,804</x:t>
-[...21 lines deleted...]
-          <x:t>100,550</x:t>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,195</x:t>
-[...247 lines deleted...]
-          <x:t>100,999</x:t>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>