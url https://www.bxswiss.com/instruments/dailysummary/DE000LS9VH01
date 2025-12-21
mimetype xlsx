--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349fdebef71d4b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c21e0940b74c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd480690de3394cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0069e9508fb84722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7064b1fdd2844db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd480690de3394cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc46de7f26e942c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0069e9508fb84722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Groesste US Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,232</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>