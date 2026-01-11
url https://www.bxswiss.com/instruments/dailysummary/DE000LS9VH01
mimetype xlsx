--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c21e0940b74c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba064fe2dd214ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0069e9508fb84722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf08d3d9cd94b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc46de7f26e942c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0069e9508fb84722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd7a2f027654b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf08d3d9cd94b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Groesste US Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>