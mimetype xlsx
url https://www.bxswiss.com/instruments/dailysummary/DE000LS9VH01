--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba064fe2dd214ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b30c6174ac416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf08d3d9cd94b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934a9fa763934554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cd7a2f027654b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf08d3d9cd94b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49902d031c04f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934a9fa763934554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Groesste US Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,381</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>