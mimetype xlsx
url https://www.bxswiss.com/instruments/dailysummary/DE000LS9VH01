--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b30c6174ac416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66bff3774aa48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934a9fa763934554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de7464d0a1042a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49902d031c04f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934a9fa763934554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98d922ea6f0040e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de7464d0a1042a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Groesste US Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VH01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>