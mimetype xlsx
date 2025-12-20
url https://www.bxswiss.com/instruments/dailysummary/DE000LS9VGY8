--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2744df4273c84e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83045c94fa0e45d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6af288632e744be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8986a08815024c84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6923b71e0f04dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6af288632e744be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3080b7f4d4ff40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8986a08815024c84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hi5 Trend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>107,963</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,771</x:t>
-[...58 lines deleted...]
-          <x:t>105,330</x:t>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>