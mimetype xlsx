--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83045c94fa0e45d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153e866de4484eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8986a08815024c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b52034cf2c942f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3080b7f4d4ff40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8986a08815024c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bbb87a27ec47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b52034cf2c942f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hi5 Trend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>