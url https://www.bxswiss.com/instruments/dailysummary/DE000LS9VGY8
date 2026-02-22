--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153e866de4484eb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref39d59297514586" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b52034cf2c942f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ac8556a72048c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25bbb87a27ec47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b52034cf2c942f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163f64b452f04199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ac8556a72048c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hi5 Trend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,991</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>