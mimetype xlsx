--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref39d59297514586" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8667aee24e374529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ac8556a72048c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd34e84923fb42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163f64b452f04199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ac8556a72048c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20df49855404778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd34e84923fb42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hi5 Trend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>