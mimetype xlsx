--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c80ec7347a44ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refbc8c4eb3af47d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfea1598468c74f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf001d281ed3d435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834dcbb498584a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfea1598468c74f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76189575fd334cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf001d281ed3d435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktientrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,624</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>112,348</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>