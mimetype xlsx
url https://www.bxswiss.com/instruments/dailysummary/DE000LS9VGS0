--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refbc8c4eb3af47d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a9eabd6afe4aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf001d281ed3d435e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc76a25f01343f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76189575fd334cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf001d281ed3d435e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1736935f431430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc76a25f01343f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktientrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>