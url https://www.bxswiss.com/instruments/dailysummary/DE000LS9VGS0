--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a9eabd6afe4aff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdaa2ff37e544f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc76a25f01343f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a60e1691814794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1736935f431430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc76a25f01343f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7062f6ce9d8245da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a60e1691814794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktientrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,234</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>