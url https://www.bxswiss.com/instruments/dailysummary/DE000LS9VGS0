--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdaa2ff37e544f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a7c55977824bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44a60e1691814794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26218aa1b9db45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7062f6ce9d8245da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44a60e1691814794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf482d5b9854097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26218aa1b9db45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktientrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>