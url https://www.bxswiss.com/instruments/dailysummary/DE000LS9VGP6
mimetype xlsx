--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf796426dd07645bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbf7b7bd8284a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b13d9b150014696"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc6ea4579974b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40f39c2921b415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b13d9b150014696" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8223fa86338435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc6ea4579974b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden oder Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>106,925</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>