--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbf7b7bd8284a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9396a8e181743a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc6ea4579974b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded0027d1c714193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8223fa86338435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc6ea4579974b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345449cc0e19489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded0027d1c714193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden oder Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>103,397</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,233</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,321</x:t>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>