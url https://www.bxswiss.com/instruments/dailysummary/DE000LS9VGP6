--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9396a8e181743a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48f8185097f48a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded0027d1c714193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5413459f12044142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345449cc0e19489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded0027d1c714193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c73beb669b4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5413459f12044142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden oder Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>109,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,493</x:t>
-[...215 lines deleted...]
-          <x:t>108,705</x:t>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>