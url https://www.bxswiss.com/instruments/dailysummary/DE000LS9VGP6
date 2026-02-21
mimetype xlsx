--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48f8185097f48a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f80514620045b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5413459f12044142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9e80ba41cf468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c73beb669b4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5413459f12044142" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d3a4cb4525b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9e80ba41cf468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden oder Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>109,369</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,140</x:t>
-[...404 lines deleted...]
-          <x:t>111,371</x:t>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>