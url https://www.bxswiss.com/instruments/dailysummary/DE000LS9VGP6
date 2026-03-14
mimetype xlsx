--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f80514620045b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c7a4e988744295" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f9e80ba41cf468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc1ec4fe28c4e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d3a4cb4525b4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f9e80ba41cf468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e4079f349049d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc1ec4fe28c4e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden oder Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>