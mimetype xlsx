--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5059ecdfd4c846cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831d843550cf4f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re040bc935e534cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcadc856f5c3a4ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01af793bf5b643d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re040bc935e534cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d2454dbc7f4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcadc856f5c3a4ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditionsunternehmen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>98,015</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>