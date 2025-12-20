--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831d843550cf4f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd5e9462664311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcadc856f5c3a4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc509de0414941b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d2454dbc7f4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcadc856f5c3a4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b17e2e2a494744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc509de0414941b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditionsunternehmen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>97,814</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>93,691</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>