--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd5e9462664311" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a274423785340e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc509de0414941b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbbb85ebaeb44c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5b17e2e2a494744" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc509de0414941b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7aa94fa3b40479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbbb85ebaeb44c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditionsunternehmen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>93,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,083</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...479 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>