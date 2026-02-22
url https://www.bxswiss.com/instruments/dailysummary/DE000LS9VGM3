--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a274423785340e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7760dc13fd34357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dbbb85ebaeb44c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff35fef85c845d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7aa94fa3b40479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dbbb85ebaeb44c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f1cdf21a77421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff35fef85c845d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditionsunternehmen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>98,634</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>102,812</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>