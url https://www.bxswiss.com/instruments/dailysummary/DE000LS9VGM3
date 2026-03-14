--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7760dc13fd34357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8b8f6212194497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff35fef85c845d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43846b13e554a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f1cdf21a77421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff35fef85c845d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9720489b8141fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43846b13e554a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traditionsunternehmen weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>99,292</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,208</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>100,696</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>