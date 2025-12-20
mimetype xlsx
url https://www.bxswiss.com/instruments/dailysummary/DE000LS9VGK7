--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6e6cd70f7b48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c938ecbdddd4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d491bf47ed64aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f21d8736cbe4a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a9fca2b476404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d491bf47ed64aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a330dffe9441c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f21d8736cbe4a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentumstrategie Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>94,538</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,962</x:t>
-[...247 lines deleted...]
-          <x:t>95,811</x:t>
+          <x:t>94,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>