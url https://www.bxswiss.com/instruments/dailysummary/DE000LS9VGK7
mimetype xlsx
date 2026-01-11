--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c938ecbdddd4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaef19878874f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f21d8736cbe4a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80132d5102d44ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a330dffe9441c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f21d8736cbe4a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efbd8828fe54e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80132d5102d44ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentumstrategie Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,402</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>