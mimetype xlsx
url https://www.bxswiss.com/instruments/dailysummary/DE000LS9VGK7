--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfaef19878874f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ea8fe7d282465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80132d5102d44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8b479fec114c0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efbd8828fe54e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80132d5102d44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3541406c21443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8b479fec114c0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentumstrategie Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>100,225</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>