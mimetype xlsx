--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ea8fe7d282465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f57205b7df348ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8b479fec114c0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d33ce54746b4e79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3541406c21443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8b479fec114c0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128fda7fdd624eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d33ce54746b4e79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentumstrategie Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>95,034</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,353</x:t>
-[...308 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>104,577</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>