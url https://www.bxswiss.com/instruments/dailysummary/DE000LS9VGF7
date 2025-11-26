--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R114b8d7e0f2341d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e25806ac8e4fca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e76ed67e6864626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d17dbe43f74519"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5198343e45d34041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e76ed67e6864626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red78337e6a17474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d17dbe43f74519" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>119,499</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>