--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e25806ac8e4fca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a178fe078f40b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d17dbe43f74519"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9be61adcf26f4ecb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red78337e6a17474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d17dbe43f74519" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45088b5acc9498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9be61adcf26f4ecb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>95,804</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>96,087</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>