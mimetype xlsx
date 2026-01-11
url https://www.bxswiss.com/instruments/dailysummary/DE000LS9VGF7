--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a178fe078f40b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942e4802c42940f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9be61adcf26f4ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b3c2c6cf2a4d95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45088b5acc9498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9be61adcf26f4ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76e2b066a1c4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b3c2c6cf2a4d95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>