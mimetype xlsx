--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942e4802c42940f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f23ebdf71b4dac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b3c2c6cf2a4d95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad10f108452444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76e2b066a1c4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b3c2c6cf2a4d95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4487ca156ae74bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad10f108452444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,580</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>