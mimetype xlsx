--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f23ebdf71b4dac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R870248077bdb45c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad10f108452444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51e6031e68fc4432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4487ca156ae74bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad10f108452444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb99444613ffe481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51e6031e68fc4432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>