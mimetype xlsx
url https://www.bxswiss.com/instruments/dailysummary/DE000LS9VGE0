--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19219b32d0254bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d760d5fcf1f4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10b4bda80e544dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317501dcb04e404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb703e0c731f34c2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10b4bda80e544dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66db8ff8d9d7446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317501dcb04e404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ithaka Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>101,456</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,709</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>103,869</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,355</x:t>
-[...161 lines deleted...]
-          <x:t>102,652</x:t>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>