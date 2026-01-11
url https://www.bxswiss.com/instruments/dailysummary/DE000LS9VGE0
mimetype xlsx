--- v1 (2025-11-07)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d760d5fcf1f4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0308685ab28e43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317501dcb04e404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98508060d0140bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66db8ff8d9d7446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317501dcb04e404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61eaae6113a2477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98508060d0140bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ithaka Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,885</x:t>
-[...441 lines deleted...]
-          <x:t>100,854</x:t>
+          <x:t>102,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>