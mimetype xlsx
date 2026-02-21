--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0308685ab28e43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189ec7aea65a4dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb98508060d0140bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66d589995f2453f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61eaae6113a2477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb98508060d0140bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65573d9c35514950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66d589995f2453f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ithaka Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,865</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>