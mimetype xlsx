--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R189ec7aea65a4dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452e002983bb4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66d589995f2453f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf2a0ffd3a24fa5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65573d9c35514950" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66d589995f2453f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48bea0c15d4432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf2a0ffd3a24fa5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ithaka Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...158 lines deleted...]
-          <x:t>104,572</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,014</x:t>
-[...232 lines deleted...]
-          <x:t>107,671</x:t>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,351</x:t>
-[...161 lines deleted...]
-          <x:t>108,241</x:t>
+          <x:t>103,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>