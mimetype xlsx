--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f975bc86c9848f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbae55a5def04a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae93d9a8ef44d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ac713ccbda49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b600974eb64258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae93d9a8ef44d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f99fbda0a54958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ac713ccbda49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>92,157</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,165</x:t>
-[...48 lines deleted...]
-          <x:t>92,343</x:t>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,227</x:t>
-[...485 lines deleted...]
-          <x:t>92,609</x:t>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>