--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbae55a5def04a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e48d9b862ff4f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ac713ccbda49be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182c27d6424e480a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67f99fbda0a54958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ac713ccbda49be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa4da30b5224933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182c27d6424e480a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>92,849</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,020</x:t>
-[...134 lines deleted...]
-          <x:t>91,781</x:t>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>