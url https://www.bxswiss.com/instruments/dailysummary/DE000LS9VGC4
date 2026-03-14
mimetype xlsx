--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e48d9b862ff4f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cff2c7ed69482c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182c27d6424e480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f5404322ef4027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa4da30b5224933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182c27d6424e480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb2f67038be4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f5404322ef4027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Legends-Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VGC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>90,137</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,134</x:t>
-[...16 lines deleted...]
-          <x:t>91,475</x:t>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>91,502</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>