--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f0a75fefa042c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f91c8ff08794285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76168c99dbd34069"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56044c17bf0c4f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ed7caa0f564011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76168c99dbd34069" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9004fa86a64a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56044c17bf0c4f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiens Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>234,564</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>