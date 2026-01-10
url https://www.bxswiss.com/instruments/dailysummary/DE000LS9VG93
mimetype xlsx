--- v1 (2025-12-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f91c8ff08794285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406e0e8b4dd44a62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56044c17bf0c4f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3a3b8e41454e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b9004fa86a64a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56044c17bf0c4f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a8304d1c8a45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3a3b8e41454e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiens Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>