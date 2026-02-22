--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406e0e8b4dd44a62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8318bace42ce4ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3a3b8e41454e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6989a1953c4b49da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9a8304d1c8a45e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3a3b8e41454e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd59cb4e518c5464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6989a1953c4b49da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiens Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>178,118</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>