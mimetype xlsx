--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8318bace42ce4ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33e7cc0167974f4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6989a1953c4b49da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbd8da571754330"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd59cb4e518c5464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6989a1953c4b49da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf33a4ca376e14998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbd8da571754330" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asiens Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG93</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,686</x:t>
-[...306 lines deleted...]
-          <x:t>147,468</x:t>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>