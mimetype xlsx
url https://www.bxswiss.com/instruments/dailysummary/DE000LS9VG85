--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083cdf9b0da44cd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd4a29688134ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0d1434c9d84d0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f04c3cca51f4b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61e0570dbefb4246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0d1434c9d84d0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b046f240aa4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f04c3cca51f4b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Aktien Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>156,110</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>