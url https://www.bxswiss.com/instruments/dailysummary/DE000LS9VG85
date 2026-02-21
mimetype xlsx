--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd4a29688134ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f4149a33734306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f04c3cca51f4b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c05dbdbc59405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b046f240aa4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f04c3cca51f4b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54faccdd3b34c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c05dbdbc59405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Aktien Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>183,976</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>