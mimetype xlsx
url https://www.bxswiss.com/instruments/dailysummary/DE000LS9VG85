--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f4149a33734306" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8bf647f5ac474c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65c05dbdbc59405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f1903872874f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re54faccdd3b34c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65c05dbdbc59405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742dd2b1cc044b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f1903872874f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum-Aktien Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>177,491</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,253</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>181,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>