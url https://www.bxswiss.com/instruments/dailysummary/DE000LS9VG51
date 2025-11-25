--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde09d80512f44d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e375eff57a4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92ffe26f223470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603648da193e47f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b67185669b429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92ffe26f223470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4587775583e4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603648da193e47f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuM Perspektivwerte W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>93,837</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,709</x:t>
-[...269 lines deleted...]
-          <x:t>96,088</x:t>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>