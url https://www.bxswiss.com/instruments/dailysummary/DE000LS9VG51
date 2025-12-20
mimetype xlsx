--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e375eff57a4424" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bc46d063f8474c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R603648da193e47f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294eb90526c74c4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4587775583e4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R603648da193e47f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f880fd47a649d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294eb90526c74c4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuM Perspektivwerte W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>