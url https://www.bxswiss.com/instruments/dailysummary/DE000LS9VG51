--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bc46d063f8474c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6d1d5c3a349b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294eb90526c74c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98ef4797aed46e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f880fd47a649d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294eb90526c74c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366b95addf7f4435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98ef4797aed46e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuM Perspektivwerte W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>