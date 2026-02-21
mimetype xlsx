--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b6d1d5c3a349b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3633e527a1ec4d55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98ef4797aed46e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8580a1c5e29f4b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R366b95addf7f4435" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98ef4797aed46e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf37d169b247544c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8580a1c5e29f4b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuM Perspektivwerte W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,996</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>