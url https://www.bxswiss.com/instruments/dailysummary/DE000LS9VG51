--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3633e527a1ec4d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4012d1508ea4c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8580a1c5e29f4b28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2cfe55d58a48df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf37d169b247544c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8580a1c5e29f4b28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb63169d99b4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2cfe55d58a48df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuM Perspektivwerte W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>