--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd08f7f9a4d244ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a71f69c61934152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d6577c9dea4bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352f8460bf40424d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72baae4e9adb4f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d6577c9dea4bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7511aff55d7d4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352f8460bf40424d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asymmetrische Aktien-Invests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>