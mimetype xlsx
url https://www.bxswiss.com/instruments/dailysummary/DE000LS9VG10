--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a71f69c61934152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb746358d09534116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352f8460bf40424d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b41b0e453ea43ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7511aff55d7d4cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352f8460bf40424d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18edb55a42514c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b41b0e453ea43ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asymmetrische Aktien-Invests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,522</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>