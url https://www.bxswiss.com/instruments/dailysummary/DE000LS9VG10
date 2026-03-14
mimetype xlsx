--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb746358d09534116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6d526d1fc64a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b41b0e453ea43ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be75ade2c384b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18edb55a42514c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b41b0e453ea43ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4618fdcac7f4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be75ade2c384b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Asymmetrische Aktien-Invests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>