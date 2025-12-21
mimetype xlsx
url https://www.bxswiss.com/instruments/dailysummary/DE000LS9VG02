--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823f07c205ee43af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d440e566bb54174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb10a8a3ec204bd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfed605e40a40dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeb2e1f929594d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb10a8a3ec204bd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519bea1887834105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfed605e40a40dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Aktien Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>102,447</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>