--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d440e566bb54174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91e71e2f0f946be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfed605e40a40dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R611c1a9dd64d4c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519bea1887834105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfed605e40a40dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd432265fa8264a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R611c1a9dd64d4c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Aktien Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,841</x:t>
-[...43 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>107,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,407</x:t>
-[...161 lines deleted...]
-          <x:t>107,887</x:t>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,603</x:t>
-[...188 lines deleted...]
-          <x:t>106,599</x:t>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>