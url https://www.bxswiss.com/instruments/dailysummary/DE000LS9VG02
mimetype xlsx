--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91e71e2f0f946be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3e3a363fa143e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R611c1a9dd64d4c58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc78d2d730e646df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd432265fa8264a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R611c1a9dd64d4c58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c7c373aea14893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc78d2d730e646df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Aktien Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>