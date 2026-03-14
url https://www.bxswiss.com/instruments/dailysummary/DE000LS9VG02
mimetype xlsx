--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3e3a363fa143e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f6eef5c9d74cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc78d2d730e646df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra437c298400140f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c7c373aea14893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc78d2d730e646df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b9bd26e64f4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra437c298400140f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AB Aktien Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VG02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>105,935</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,463</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>