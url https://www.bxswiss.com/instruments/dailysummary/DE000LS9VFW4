--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e10f1a401194bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20e087ed71e4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb5fbdec9f364653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df9292f10a542f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd52132cdfd44e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb5fbdec9f364653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree36cd0bb689496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df9292f10a542f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>