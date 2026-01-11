--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20e087ed71e4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02334094c2bc475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df9292f10a542f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb1f384c2734908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree36cd0bb689496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df9292f10a542f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b919762a3445a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb1f384c2734908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>89,037</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>