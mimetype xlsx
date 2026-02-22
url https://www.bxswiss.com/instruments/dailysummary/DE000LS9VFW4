--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02334094c2bc475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5f1f5a7449499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffb1f384c2734908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe814b5cc50a48e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b919762a3445a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffb1f384c2734908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b4b0763737421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe814b5cc50a48e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,798</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>