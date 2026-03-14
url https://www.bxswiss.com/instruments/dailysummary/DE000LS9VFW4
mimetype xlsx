--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5f1f5a7449499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f3d666a91e4fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe814b5cc50a48e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8eef403aca84a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b4b0763737421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe814b5cc50a48e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R969bf7848b06498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8eef403aca84a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QSelect</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>