--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05f7a8bf22c4455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3583cd7e254bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbf3167abcaa4122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96aa0055bd4422c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad8f39e3d25445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbf3167abcaa4122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78efeef8a8f4441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96aa0055bd4422c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dimifolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>617,772</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>