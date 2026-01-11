--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3583cd7e254bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdf7efdd5b64280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96aa0055bd4422c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re073459c5d6a401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78efeef8a8f4441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96aa0055bd4422c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a643570b9084668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re073459c5d6a401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dimifolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>623,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>617,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>602,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>610,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>608,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>