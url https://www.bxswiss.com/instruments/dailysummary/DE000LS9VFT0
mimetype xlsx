--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdf7efdd5b64280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626f205a384f452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re073459c5d6a401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0cffe15de644bbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a643570b9084668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re073459c5d6a401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668b2012c33140df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0cffe15de644bbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dimifolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>610,222</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>