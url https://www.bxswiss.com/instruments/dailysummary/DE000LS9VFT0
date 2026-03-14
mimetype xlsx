--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R626f205a384f452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R842e228574cb41c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0cffe15de644bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf82480e2f93444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668b2012c33140df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0cffe15de644bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25cb630e3b074e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf82480e2f93444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dimifolio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>577,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>580,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>569,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>578,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>