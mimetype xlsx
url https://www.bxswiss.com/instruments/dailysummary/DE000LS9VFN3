--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28c7be306330451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d28a20db2f4deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R298a46755ff341e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531738258e854a2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ce9dea74ca64fec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R298a46755ff341e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97da6e918dd74da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531738258e854a2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antifragile</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>127,465</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...46 lines deleted...]
-          <x:t>128,687</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>