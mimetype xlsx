--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d28a20db2f4deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9375d66465c740ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531738258e854a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136f873a7fc24381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97da6e918dd74da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531738258e854a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6805b298cee4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136f873a7fc24381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antifragile</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,231</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>