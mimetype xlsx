--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9375d66465c740ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22244b4bc75341f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136f873a7fc24381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b396a5206441f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6805b298cee4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136f873a7fc24381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275d5054efc446b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b396a5206441f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Antifragile</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>