--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb44d972d330469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d0b73b2e23407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re21b513dd22545e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190101df8b744d45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd790e7821c424e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re21b513dd22545e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af21902961c4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190101df8b744d45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>