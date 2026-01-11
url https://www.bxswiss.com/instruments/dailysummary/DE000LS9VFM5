--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d0b73b2e23407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1450269f99344a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R190101df8b744d45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982185a1faf44b48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2af21902961c4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R190101df8b744d45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc599884e7c3d4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982185a1faf44b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,267</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>