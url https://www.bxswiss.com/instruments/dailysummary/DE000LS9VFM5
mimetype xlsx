--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1450269f99344a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0de6996c6e429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982185a1faf44b48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59d86d8b6fb4bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc599884e7c3d4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982185a1faf44b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6fe5c75704f4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59d86d8b6fb4bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,220</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>