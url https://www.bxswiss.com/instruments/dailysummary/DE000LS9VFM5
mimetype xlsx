--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0de6996c6e429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7abfd138b24cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59d86d8b6fb4bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0491f5a1344d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6fe5c75704f4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59d86d8b6fb4bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62eaea3d0f04512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0491f5a1344d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Momentum Power</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>