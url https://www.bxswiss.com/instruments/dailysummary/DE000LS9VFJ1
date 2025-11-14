--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec8fab77ddd74fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d3a87bf827488f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b5532139ae2425e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924d51a784d843df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a3d815755b4eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b5532139ae2425e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra440613d3a33452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924d51a784d843df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Smallcap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,920</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>