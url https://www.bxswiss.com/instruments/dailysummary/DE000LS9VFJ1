--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9d3a87bf827488f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda23f3d1d81b44ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924d51a784d843df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e226b1f860241ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra440613d3a33452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924d51a784d843df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e79187956274ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e226b1f860241ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Smallcap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,229</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>