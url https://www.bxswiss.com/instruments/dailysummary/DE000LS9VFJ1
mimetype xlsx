--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda23f3d1d81b44ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2788ac07038b45ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e226b1f860241ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20ff3ef0e1e843a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e79187956274ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e226b1f860241ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c4522cafde40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20ff3ef0e1e843a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Smallcap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>