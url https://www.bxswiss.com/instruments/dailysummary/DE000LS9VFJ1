--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2788ac07038b45ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee642e700784aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20ff3ef0e1e843a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d95c71144e47f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c4522cafde40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20ff3ef0e1e843a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19265f6559446ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d95c71144e47f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Smallcap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,678</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>