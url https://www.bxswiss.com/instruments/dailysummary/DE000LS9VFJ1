--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee642e700784aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7346afcf89e14c6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d95c71144e47f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879e50aeb4734a60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19265f6559446ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d95c71144e47f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfab6906ee2ac4584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879e50aeb4734a60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Smallcap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>