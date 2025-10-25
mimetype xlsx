--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffcff344c2814c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a29b1972dd541ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R411be929d8b94e40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb841817963424d8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e24cbf026be46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R411be929d8b94e40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae574241b7a486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb841817963424d8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>timing shrewd investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>