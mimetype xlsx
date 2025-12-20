--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a29b1972dd541ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9c651a5da744ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb841817963424d8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec134a4d5d44571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ae574241b7a486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb841817963424d8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b33d2bf11574523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec134a4d5d44571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>timing shrewd investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,494</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>