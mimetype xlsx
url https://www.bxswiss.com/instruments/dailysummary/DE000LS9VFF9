--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9c651a5da744ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c51cc940d474980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec134a4d5d44571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91c6a32d5c74295"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b33d2bf11574523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec134a4d5d44571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R101959d01be24f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91c6a32d5c74295" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>timing shrewd investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,187</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>101,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,999</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>