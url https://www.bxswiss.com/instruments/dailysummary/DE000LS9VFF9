--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c51cc940d474980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167a4289da584d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91c6a32d5c74295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2142ccba044fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R101959d01be24f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91c6a32d5c74295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05da80b092df40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2142ccba044fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>timing shrewd investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>103,946</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,797</x:t>
-[...436 lines deleted...]
-          <x:t>106,968</x:t>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>