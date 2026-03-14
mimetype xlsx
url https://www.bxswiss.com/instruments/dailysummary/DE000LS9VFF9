--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167a4289da584d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea1be80d2b446c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2142ccba044fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3058ec9e423407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05da80b092df40ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2142ccba044fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc114d6d19cbe459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3058ec9e423407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>timing shrewd investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,542</x:t>
-[...305 lines deleted...]
-        <x:is>
           <x:t>105,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,576</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>