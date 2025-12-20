--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b65da2d27d42c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e955b101ad4b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95b030a3ccd34348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7096ebd2d24450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7963924ad2254f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95b030a3ccd34348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60474a21ff64912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7096ebd2d24450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hopp oder Trop</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,158</x:t>
-[...144 lines deleted...]
-          <x:t>191,079</x:t>
+          <x:t>189,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>