--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e955b101ad4b4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba03aa73cd74eea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7096ebd2d24450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850b14eeca1a4d42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60474a21ff64912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7096ebd2d24450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd039b7f5277f4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850b14eeca1a4d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hopp oder Trop</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>190,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,734</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>