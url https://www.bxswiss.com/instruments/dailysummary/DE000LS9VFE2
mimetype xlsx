--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba03aa73cd74eea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f54cde2c21469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850b14eeca1a4d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f190e1bf07455d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd039b7f5277f4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850b14eeca1a4d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11792dbdb2934e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f190e1bf07455d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hopp oder Trop</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,242</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>