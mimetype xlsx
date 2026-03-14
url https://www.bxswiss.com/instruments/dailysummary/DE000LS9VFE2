--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f54cde2c21469e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R820bae338e7a41fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f190e1bf07455d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613b4882bdcc4e89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11792dbdb2934e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f190e1bf07455d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172f4a04e1674d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613b4882bdcc4e89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hopp oder Trop</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,265</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>