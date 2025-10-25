--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3104c8f8771a4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff1451838b540eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e65efe7e7844a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b06f94a16d241f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa7713ad3404edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e65efe7e7844a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc783975addb64a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b06f94a16d241f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovative Burggraben-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>