--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff1451838b540eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a369706bda4353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b06f94a16d241f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533329f53b254bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc783975addb64a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b06f94a16d241f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a245c88528e4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533329f53b254bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovative Burggraben-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,181</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>