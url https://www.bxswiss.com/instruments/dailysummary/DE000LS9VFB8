--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a369706bda4353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1613375051844976" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R533329f53b254bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729cefc7778a4d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a245c88528e4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R533329f53b254bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145eb772b4054bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729cefc7778a4d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovative Burggraben-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>