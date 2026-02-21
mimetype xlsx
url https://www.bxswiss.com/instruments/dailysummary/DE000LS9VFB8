--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1613375051844976" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83676eccf51b4bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729cefc7778a4d84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe1812307f843ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145eb772b4054bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729cefc7778a4d84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re416866f04424fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe1812307f843ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovative Burggraben-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,206</x:t>
-[...90 lines deleted...]
-          <x:t>96,157</x:t>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>