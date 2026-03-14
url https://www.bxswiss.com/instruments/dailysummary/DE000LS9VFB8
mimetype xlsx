--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83676eccf51b4bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ceb26ac86b41ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe1812307f843ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c41770f0e194bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re416866f04424fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe1812307f843ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9e05d7aef64509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c41770f0e194bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovative Burggraben-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VFB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>97,576</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>