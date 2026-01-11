--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844ab49a302d4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf3320f45014b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a4058a0e9e4e64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92fed8c3a35463f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d586d4600054a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a4058a0e9e4e64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca97e44284ea43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92fed8c3a35463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAIP Global Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>123,740</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>