--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdf3320f45014b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4706bc3050344629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92fed8c3a35463f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff9ad3acd3744d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca97e44284ea43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92fed8c3a35463f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6574510d74d74cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff9ad3acd3744d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAIP Global Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,014</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>