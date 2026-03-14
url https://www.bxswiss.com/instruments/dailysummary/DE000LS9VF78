--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4706bc3050344629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b3de50a169a407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff9ad3acd3744d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651ad3564af44529"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6574510d74d74cef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff9ad3acd3744d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ab43c26c4d479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651ad3564af44529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAIP Global Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF78</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>