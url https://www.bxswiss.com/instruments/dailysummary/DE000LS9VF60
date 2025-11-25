--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83129f05b7c4312" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dd99c97ed24ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb0381f9e4647ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c5575afd9a473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a349038a1b9487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb0381f9e4647ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9b197afc024fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c5575afd9a473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brantls Finanzbuam Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,700</x:t>
-[...414 lines deleted...]
-          <x:t>91,273</x:t>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>