--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dd99c97ed24ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc485615c3ac744b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c5575afd9a473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ebcdc9c8d24745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9b197afc024fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c5575afd9a473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0938d67c027847e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ebcdc9c8d24745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brantls Finanzbuam Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>93,720</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,850</x:t>
-[...485 lines deleted...]
-          <x:t>89,572</x:t>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>