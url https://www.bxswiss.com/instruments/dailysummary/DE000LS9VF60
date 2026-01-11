--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc485615c3ac744b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7823e8cf769240d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ebcdc9c8d24745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5360b85f9d84c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0938d67c027847e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ebcdc9c8d24745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a7b480627c43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5360b85f9d84c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brantls Finanzbuam Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>91,944</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,293</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,124</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>