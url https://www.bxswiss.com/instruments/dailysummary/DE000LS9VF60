--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7823e8cf769240d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130b4c33d04742f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5360b85f9d84c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20900d83f6b14d23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60a7b480627c43c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5360b85f9d84c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2b59e2b5d4496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20900d83f6b14d23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brantls Finanzbuam Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,678</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>