--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130b4c33d04742f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3538386a832a417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20900d83f6b14d23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d3c71506814c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2b59e2b5d4496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20900d83f6b14d23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd50ba03ce37348e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d3c71506814c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brantls Finanzbuam Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>