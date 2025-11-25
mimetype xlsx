--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eaf1610a82d4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134a45a3cc52425f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b62110867294eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51893e790d14310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73cedc7108a14452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b62110867294eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1fb4df5e78449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51893e790d14310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI.na - KI in China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>92,850</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>