--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134a45a3cc52425f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5cbcd1435d74d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51893e790d14310"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95f8d12d36c429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c1fb4df5e78449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51893e790d14310" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a00d922bb5a4911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95f8d12d36c429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI.na - KI in China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>