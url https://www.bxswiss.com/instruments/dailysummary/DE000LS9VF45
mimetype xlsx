--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5cbcd1435d74d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37a279fa338408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95f8d12d36c429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0970e74e144e9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a00d922bb5a4911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95f8d12d36c429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f67a65a9a3a4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0970e74e144e9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI.na - KI in China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>