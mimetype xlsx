--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb37a279fa338408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca9a4c75bb74989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0970e74e144e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d6d99d42e847ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f67a65a9a3a4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0970e74e144e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58670db680ea4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d6d99d42e847ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI.na - KI in China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,038</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>