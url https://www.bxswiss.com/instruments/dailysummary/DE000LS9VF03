--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaaccef6c0c44a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54601bbf944e4928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c81ff9e2ee44117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688bb0c1936047f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ac7f309ade4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c81ff9e2ee44117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1dbf240f8004dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688bb0c1936047f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebuild Ukraine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,910</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>111,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>