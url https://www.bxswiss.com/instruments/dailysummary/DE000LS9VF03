--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54601bbf944e4928" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01fc3eaadb8401f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688bb0c1936047f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfbda83a3e748a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1dbf240f8004dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688bb0c1936047f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245d6204e1e34ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfbda83a3e748a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebuild Ukraine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,145</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>