--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01fc3eaadb8401f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3482dd4bc1cb4c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfbda83a3e748a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204cf4f394f5472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245d6204e1e34ca4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfbda83a3e748a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0041cb6707414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204cf4f394f5472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebuild Ukraine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>118,418</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,059</x:t>
-[...215 lines deleted...]
-          <x:t>117,638</x:t>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>