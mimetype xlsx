--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3482dd4bc1cb4c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32d46a630f34b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204cf4f394f5472d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e88f03cdcb46f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f0041cb6707414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204cf4f394f5472d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc774e2bc3a04c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e88f03cdcb46f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebuild Ukraine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>