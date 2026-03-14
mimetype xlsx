--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32d46a630f34b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e044fe2e5ee4990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e88f03cdcb46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb5cbc287114a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc774e2bc3a04c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e88f03cdcb46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d56496688484846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb5cbc287114a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rebuild Ukraine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VF03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>