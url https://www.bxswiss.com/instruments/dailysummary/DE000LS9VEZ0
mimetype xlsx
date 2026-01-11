--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ef21fc37ba74157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42b44d9804844ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9985a12e04e4f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4757e1462c747f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df98347900246a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9985a12e04e4f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ccf67072dc4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4757e1462c747f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mighty Thirty</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>112,205</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>