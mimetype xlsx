--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc42b44d9804844ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ead1bc5ca7f4762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4757e1462c747f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbba9bdae4cf436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16ccf67072dc4c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4757e1462c747f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c0aed4259b47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbba9bdae4cf436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mighty Thirty</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>