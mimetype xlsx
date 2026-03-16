--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ead1bc5ca7f4762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52941fd57bf34ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbba9bdae4cf436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba76c3eb69d4270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c0aed4259b47e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbba9bdae4cf436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb87b26cd114746ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba76c3eb69d4270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mighty Thirty</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>