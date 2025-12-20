--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7f58485eb14610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra849d94051da4e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc81f7a56274bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b40a52c506f4615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84e818b58a448ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc81f7a56274bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344f91a111e143f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b40a52c506f4615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechnologieZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,883</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>