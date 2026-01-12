--- v1 (2025-12-20)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra849d94051da4e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888336a1669a4841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b40a52c506f4615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d2d6feaddb41e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344f91a111e143f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b40a52c506f4615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade648650ef94d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d2d6feaddb41e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechnologieZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>