--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888336a1669a4841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf5764703724d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d2d6feaddb41e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01078d4a28149be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade648650ef94d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d2d6feaddb41e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203c832bb5194efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01078d4a28149be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechnologieZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>120,163</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>