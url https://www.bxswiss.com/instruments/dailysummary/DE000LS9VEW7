--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcf5764703724d2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e2b6ef6feb247c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra01078d4a28149be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a81898211849aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203c832bb5194efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra01078d4a28149be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R966495fc5c2a49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a81898211849aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechnologieZukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEW7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>