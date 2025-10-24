--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ddb1994b8c14476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412a7c43109c4a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc02ed9fd2b934faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691000c608cd4794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcab2dfa2cd2c44a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc02ed9fd2b934faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ff8f1f20a74894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691000c608cd4794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>89,651</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,686</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>88,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>