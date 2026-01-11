--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R412a7c43109c4a55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c55570484747" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691000c608cd4794"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42061fcacbe479c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82ff8f1f20a74894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691000c608cd4794" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc53f8a77a4cb4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42061fcacbe479c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>89,368</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,854</x:t>
-[...593 lines deleted...]
-          <x:t>88,395</x:t>
+          <x:t>87,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>