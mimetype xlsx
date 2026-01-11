--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra122c55570484747" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6c2cf828a84691" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc42061fcacbe479c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1c914c400e40fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc53f8a77a4cb4004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc42061fcacbe479c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386e6c19032c42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1c914c400e40fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>