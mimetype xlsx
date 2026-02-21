--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6c2cf828a84691" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de249f4f93e4c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1c914c400e40fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aa0edfe17c4857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386e6c19032c42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1c914c400e40fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7d1b2fa0a04728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aa0edfe17c4857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>89,785</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,261</x:t>
-[...58 lines deleted...]
-          <x:t>91,334</x:t>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>