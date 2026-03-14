--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de249f4f93e4c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c845c216bfe4a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aa0edfe17c4857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd55f288af1e24f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7d1b2fa0a04728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aa0edfe17c4857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30aee0addfa14d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd55f288af1e24f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GuruInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VET3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>83,941</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,882</x:t>
-[...259 lines deleted...]
-          <x:t>82,813</x:t>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,519</x:t>
-[...65 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,576</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>85,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>