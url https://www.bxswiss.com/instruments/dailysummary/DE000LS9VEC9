--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f6dabf1b9e4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c66ba9d6b4f41f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95cf2ef0df24089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988638ef4cc84b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a489340a36a4f26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95cf2ef0df24089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd37c00589814bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988638ef4cc84b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>264,842</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>