--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c66ba9d6b4f41f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea06cf76ec8413f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988638ef4cc84b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f55608b2a423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd37c00589814bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988638ef4cc84b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a774b2e0d944904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f55608b2a423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>