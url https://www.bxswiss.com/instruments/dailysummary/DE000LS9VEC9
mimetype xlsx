--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea06cf76ec8413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87a3f6a61f784581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f55608b2a423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c7a4563312d4629"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a774b2e0d944904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f55608b2a423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R171911a5cda5431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c7a4563312d4629" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VEC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>340,983</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>