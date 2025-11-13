--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R164bd0e6b93f41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra154d46985ee4fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8388e266b9c740cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51fae8ad8d4b476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a57cd6d78e4ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8388e266b9c740cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8d42bdc17c49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51fae8ad8d4b476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Founders Club</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>123,275</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>