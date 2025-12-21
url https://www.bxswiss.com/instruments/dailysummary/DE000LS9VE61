--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra154d46985ee4fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969a3da802f14b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51fae8ad8d4b476a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cbf402a33f14d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8d42bdc17c49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51fae8ad8d4b476a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70e4b11c999d48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cbf402a33f14d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Founders Club</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,419</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>