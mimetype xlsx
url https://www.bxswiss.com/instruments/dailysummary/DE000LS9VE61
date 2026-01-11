--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969a3da802f14b73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041cf4edbaa849e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cbf402a33f14d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6ecc1a932d4dfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70e4b11c999d48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cbf402a33f14d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2687928b5a54539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6ecc1a932d4dfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Founders Club</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>113,490</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,736</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>