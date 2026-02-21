--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041cf4edbaa849e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79f5c314089415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f6ecc1a932d4dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re257434457384461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2687928b5a54539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f6ecc1a932d4dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca970cbf5964030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re257434457384461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Founders Club</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,522</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>