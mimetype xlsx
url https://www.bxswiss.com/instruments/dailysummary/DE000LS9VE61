--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79f5c314089415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R900fc652a21449df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re257434457384461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re884f069ece24ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ca970cbf5964030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re257434457384461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17caeea835e74db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re884f069ece24ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Founders Club</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE61</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>