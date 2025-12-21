--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ef9f8bc40b420c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e33546c398c433a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5cf930f3224e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de7cf1f18b845fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reec99266a1674adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5cf930f3224e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5beb8cfb15da4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de7cf1f18b845fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steady Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>89,830</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>