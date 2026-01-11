--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e33546c398c433a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5390a236e2048c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de7cf1f18b845fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7fd8a495054159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5beb8cfb15da4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de7cf1f18b845fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c39fa9a15f437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7fd8a495054159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steady Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>