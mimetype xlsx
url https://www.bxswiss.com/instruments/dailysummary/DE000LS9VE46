--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5390a236e2048c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d3e0c6bc3b40d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7fd8a495054159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf84f5f16e3984b55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50c39fa9a15f437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7fd8a495054159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1484d2ac331344a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf84f5f16e3984b55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Steady Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE46</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,981</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>