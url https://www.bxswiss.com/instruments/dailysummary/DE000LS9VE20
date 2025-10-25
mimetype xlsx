--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d951845653447fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d1296ee607436a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a2794e8befa4fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7818c788aef34c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R927891526d57482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a2794e8befa4fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb251e99f8764cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7818c788aef34c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Akshabai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>