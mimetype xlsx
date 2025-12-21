--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73d1296ee607436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe061fb87154c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7818c788aef34c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc3de435a3549b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb251e99f8764cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7818c788aef34c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b8e82972804b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc3de435a3549b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Akshabai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>369,273</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>