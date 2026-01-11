--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe061fb87154c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33698334a82147e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc3de435a3549b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f90aa5b1e74466"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b8e82972804b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc3de435a3549b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a60421816ed4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f90aa5b1e74466" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Akshabai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>