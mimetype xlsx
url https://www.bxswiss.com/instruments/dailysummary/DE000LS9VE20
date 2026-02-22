--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33698334a82147e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31b3abe6e0b48f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f90aa5b1e74466"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e27901d52bf41ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a60421816ed4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f90aa5b1e74466" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b637cb83574503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e27901d52bf41ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Akshabai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>410,226</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>