--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd31b3abe6e0b48f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf395228c9b5c4550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e27901d52bf41ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b779aa5718a4812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b637cb83574503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e27901d52bf41ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d77b04675d40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b779aa5718a4812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Akshabai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VE20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>