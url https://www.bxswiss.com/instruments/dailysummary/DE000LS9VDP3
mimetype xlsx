--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5ece6c474134c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186d321f3c2945a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820749991c404442"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8995b13bd29d4e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fdfe62fb64c4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820749991c404442" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f74b0d324734b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8995b13bd29d4e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>117,189</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,138</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>117,024</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>