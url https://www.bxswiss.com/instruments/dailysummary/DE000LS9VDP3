--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186d321f3c2945a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0084493c894f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8995b13bd29d4e50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7658246d3256485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f74b0d324734b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8995b13bd29d4e50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ff5d3747ff4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7658246d3256485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>106,809</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,696</x:t>
-[...269 lines deleted...]
-          <x:t>110,038</x:t>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>