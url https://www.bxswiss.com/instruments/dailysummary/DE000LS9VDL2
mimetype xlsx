--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d47c00c0d534518" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ed3aa678e0441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80be78b75fce479c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce806dd7be04002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01dd66aa558e4a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80be78b75fce479c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5f49950613431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce806dd7be04002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>191,264</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,242</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>194,338</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>