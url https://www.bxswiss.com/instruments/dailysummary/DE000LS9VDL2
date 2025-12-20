--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ed3aa678e0441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86221b1bb3654092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ce806dd7be04002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec3697636724467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b5f49950613431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ce806dd7be04002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b874755421c4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec3697636724467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>194,750</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,756</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,033</x:t>
-[...360 lines deleted...]
-          <x:t>195,902</x:t>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>