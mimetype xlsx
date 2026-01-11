--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86221b1bb3654092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9570a02f66413e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec3697636724467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R677a2fdf9ea645d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b874755421c4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec3697636724467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99abc4cfb8e405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R677a2fdf9ea645d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>