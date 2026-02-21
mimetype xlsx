--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf9570a02f66413e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcbe404668742f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R677a2fdf9ea645d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6602b90c6074a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99abc4cfb8e405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R677a2fdf9ea645d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29aac0d115bb4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6602b90c6074a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>195,894</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>