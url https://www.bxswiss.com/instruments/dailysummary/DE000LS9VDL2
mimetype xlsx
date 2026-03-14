--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcbe404668742f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e3f858b216d4602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6602b90c6074a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416d1f60129d4a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29aac0d115bb4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6602b90c6074a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa90496104b4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416d1f60129d4a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>191,227</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,731</x:t>
-[...570 lines deleted...]
-        <x:is>
           <x:t>193,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>