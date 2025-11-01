--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6165955a584d6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda40131aecd47e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd046c4e7f353483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5834aea9cce40f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920a839d49d44882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd046c4e7f353483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb12a5804e1f4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5834aea9cce40f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Defence and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>