--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda40131aecd47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21e037869b245fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5834aea9cce40f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035cdbc329e64c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb12a5804e1f4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5834aea9cce40f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra014c2e456754799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035cdbc329e64c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Defence and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>