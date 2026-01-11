--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21e037869b245fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb141f61cf264c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035cdbc329e64c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7825ad0c44ca4de4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra014c2e456754799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035cdbc329e64c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b80d4d3be0d4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7825ad0c44ca4de4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Defence and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,411</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>