--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb141f61cf264c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0118131ad54af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7825ad0c44ca4de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4297af60ecb4e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b80d4d3be0d4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7825ad0c44ca4de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507e2b0b5efe4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4297af60ecb4e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Defence and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,176</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>