--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0118131ad54af7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9268a33cf87948be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4297af60ecb4e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R041331e4b4d244db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507e2b0b5efe4a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4297af60ecb4e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616a936d14964d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R041331e4b4d244db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Defence and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VDA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,877</x:t>
-[...333 lines deleted...]
-          <x:t>145,824</x:t>
+          <x:t>143,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>