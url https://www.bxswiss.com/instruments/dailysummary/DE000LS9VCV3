--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra304f243c2554041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b50b038f6bd450e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra44485b4b33d4cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f49c8b4ced04fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R708a5b69ca11416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra44485b4b33d4cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ef61f163ed424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f49c8b4ced04fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,421</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>