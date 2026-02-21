--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b50b038f6bd450e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04d429ff1924ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f49c8b4ced04fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c42743a24d4c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ef61f163ed424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f49c8b4ced04fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red39ce4873074912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c42743a24d4c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,023</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>