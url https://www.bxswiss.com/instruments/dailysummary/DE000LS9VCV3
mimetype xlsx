--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04d429ff1924ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eb1a91b7eaf4e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c42743a24d4c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ffb2dd2015144cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red39ce4873074912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c42743a24d4c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reddc287b446140d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ffb2dd2015144cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,927</x:t>
-[...48 lines deleted...]
-          <x:t>106,164</x:t>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,031</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>106,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,766</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>