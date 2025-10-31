--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b14cbea3a3a4352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f1df274ea94bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549951a8628c4667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe52962e75648fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222b8cde06994a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549951a8628c4667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b48c510d69646e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe52962e75648fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...131 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>