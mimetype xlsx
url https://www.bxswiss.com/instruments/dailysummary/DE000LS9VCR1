--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f1df274ea94bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7932f82f2b4917" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe52962e75648fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d379ab65dde4057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b48c510d69646e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe52962e75648fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd2ffa613894b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d379ab65dde4057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>