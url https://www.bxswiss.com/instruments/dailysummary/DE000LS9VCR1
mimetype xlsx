--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a7932f82f2b4917" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf67b28b3594185" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d379ab65dde4057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49252196bbd74642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refd2ffa613894b9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d379ab65dde4057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd13159d43434b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49252196bbd74642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...153 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>