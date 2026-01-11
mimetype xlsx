--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf67b28b3594185" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fca54a3e35b4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49252196bbd74642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73a498154cf14456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd13159d43434b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49252196bbd74642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498a8fa6bf334ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73a498154cf14456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,224 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.618,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.612,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.684,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.671,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.567,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.602,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.588,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.596,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.711,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.620,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>