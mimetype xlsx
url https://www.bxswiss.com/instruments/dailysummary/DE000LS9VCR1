--- v4 (2026-01-11)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fca54a3e35b4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b19ef8248a048cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73a498154cf14456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3497836ac2bf4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498a8fa6bf334ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73a498154cf14456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f18838b87b451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3497836ac2bf4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,134 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.618,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.684,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.612,074</x:t>
         </x:is>
       </x:c>
@@ -342,31 +258,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.627,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.711,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.620,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.699,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.773,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.806,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.800,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.827,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.809,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.803,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.761,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.742,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.829,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.758,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.814,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.895,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.916,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.894,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.883,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.904,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.032,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.908,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.026,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.042,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.083,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.030,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.177,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.159,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.113,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.925,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.978,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.053,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.995,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.018,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.036,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.051,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.857,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.898,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.782,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.795,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.658,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.736,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.542,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.678,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.765,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.717,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.798,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.802,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.779,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.796,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>