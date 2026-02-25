--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b19ef8248a048cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d0245aabfd483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3497836ac2bf4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221dc567a92e441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29f18838b87b451d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3497836ac2bf4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73827b208cf74678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221dc567a92e441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.177,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.195,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.142,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2.159,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.798,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.802,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.779,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.796,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.659,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.669,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.589,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.600,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.614,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.701,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.709,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.667,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.728,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.705,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.750,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.778,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.718,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.634,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.644,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.608,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.670,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.651,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.581,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.626,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.610,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.664,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.697,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.637,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.682,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.712,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.756,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.708,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.710,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.823,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.868,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.821,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.826,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.839,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.784,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.832,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>