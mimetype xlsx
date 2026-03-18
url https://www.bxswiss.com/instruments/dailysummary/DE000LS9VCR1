--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d0245aabfd483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd19d445b899f4d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221dc567a92e441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82238f7c8ce24c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73827b208cf74678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221dc567a92e441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dcdea84d7da4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82238f7c8ce24c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lynkeus Silver Lining </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.653,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.664,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.651,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.652,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.826,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.839,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.784,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.832,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.893,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.912,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.892,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.863,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.825,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.866,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.924,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.919,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.990,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.003,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.853,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.867,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.871,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.774,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.815,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.751,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.764,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.746,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.767,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.690,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.692,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.615,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.660,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.595,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.574,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.628,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.754,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.706,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.752,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.716,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.722,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.666,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.699,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.700,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.641,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.627,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.570,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.551,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.592,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.566,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.594,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.543,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>