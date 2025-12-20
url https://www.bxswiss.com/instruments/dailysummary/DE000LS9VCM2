--- v0 (2025-12-20)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b179d08680440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Readaa1be5a31474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66c2bfa3ccc4953"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51e8287ecc34bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b9e3c1a240498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66c2bfa3ccc4953" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f13b3e9694465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51e8287ecc34bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>