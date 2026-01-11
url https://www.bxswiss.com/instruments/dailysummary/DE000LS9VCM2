--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Readaa1be5a31474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45c9310a16645dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re51e8287ecc34bf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7ade7b60334f62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f13b3e9694465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re51e8287ecc34bf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a42ab33e89a453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7ade7b60334f62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>101,313</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,254</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>