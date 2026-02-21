--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45c9310a16645dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d73a31f634045c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a7ade7b60334f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996ed48e25814029"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a42ab33e89a453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a7ade7b60334f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab905f4b34d4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996ed48e25814029" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,541</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>