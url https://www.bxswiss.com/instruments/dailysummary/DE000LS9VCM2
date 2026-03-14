--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d73a31f634045c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c3b93839cb4373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996ed48e25814029"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23a4af9afcd842cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ab905f4b34d4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996ed48e25814029" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf480a1f0a1f24107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23a4af9afcd842cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFCHVEQCHF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>