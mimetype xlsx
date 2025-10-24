--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee7af3d361b4f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3650841024154fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54e8d20485a4f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b2a536de0044c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eadb34f3a9341a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54e8d20485a4f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477b9614155d4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b2a536de0044c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>