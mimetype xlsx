--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3650841024154fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e32887e073a4b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b2a536de0044c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570f36683e144363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477b9614155d4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b2a536de0044c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab931b14cf804df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570f36683e144363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,916</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>