--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e32887e073a4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba235bf967f4b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R570f36683e144363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dea91ba80b43cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab931b14cf804df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R570f36683e144363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a48bad1c644b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dea91ba80b43cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,797</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>