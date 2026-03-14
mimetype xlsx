--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba235bf967f4b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reba41f46f2b34943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dea91ba80b43cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ca073fcec23425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a48bad1c644b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dea91ba80b43cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93d08fa57f584c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ca073fcec23425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFOPSILVER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>