--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687e8c3744b64a7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa44e6063b4c42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a7b79ec7f143cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18a447d7d3d47f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra58dfda4cdfc425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a7b79ec7f143cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R857157af75b84359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18a447d7d3d47f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>96,508</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>98,116</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>