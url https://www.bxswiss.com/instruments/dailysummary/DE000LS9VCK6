--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa44e6063b4c42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2e76929ef84f92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18a447d7d3d47f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106d57637af64ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R857157af75b84359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18a447d7d3d47f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77fb53692f34c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106d57637af64ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>97,775</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>97,825</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,774</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,833</x:t>
-[...198 lines deleted...]
-          <x:t>97,697</x:t>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>