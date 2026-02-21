--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2e76929ef84f92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6ab76f90e9447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106d57637af64ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf173e1a0278a4e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77fb53692f34c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106d57637af64ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c36a43b7294852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf173e1a0278a4e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>97,809</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,794</x:t>
-[...382 lines deleted...]
-          <x:t>97,859</x:t>
+          <x:t>96,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>