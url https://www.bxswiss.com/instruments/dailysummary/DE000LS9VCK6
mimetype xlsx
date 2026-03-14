--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6ab76f90e9447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7441f3260c5462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf173e1a0278a4e8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8124d4387e2d430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78c36a43b7294852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf173e1a0278a4e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91f11d46ffc341cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8124d4387e2d430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WFEYNNSOFF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>97,785</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>99,443</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,745</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>98,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>