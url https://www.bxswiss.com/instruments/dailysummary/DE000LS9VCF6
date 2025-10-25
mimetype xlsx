--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a4f005003734238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb816cbfbfbc54b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26b2e1ece268455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a3d806363d48ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf3e2d8e4f2456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26b2e1ece268455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bc42976d4d4513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a3d806363d48ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>