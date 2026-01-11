--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb816cbfbfbc54b24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20ed274dabd4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74a3d806363d48ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb217f6528e34a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bc42976d4d4513" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74a3d806363d48ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98065bc25d2948b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb217f6528e34a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,586</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>