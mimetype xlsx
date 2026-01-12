--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20ed274dabd4d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4850c6fbfb4ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb217f6528e34a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c52f76da204dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98065bc25d2948b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb217f6528e34a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a943581e8574647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c52f76da204dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>