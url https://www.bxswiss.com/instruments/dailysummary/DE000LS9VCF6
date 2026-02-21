--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4850c6fbfb4ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708bd2b8c1524b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c52f76da204dcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a0c01a1ab84ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a943581e8574647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c52f76da204dcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe9445dd0b949cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a0c01a1ab84ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,636</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>