--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b9c001ccb3459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d24789c8c94b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d7c7f7f3de4603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd671fa160f034ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0907a7ef93db4dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d7c7f7f3de4603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf06478e2f44543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd671fa160f034ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Evolution Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>121,858</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,527</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>118,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>