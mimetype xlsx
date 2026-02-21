--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d24789c8c94b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9188eee0eb9445a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd671fa160f034ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907e18830ba240c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf06478e2f44543e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd671fa160f034ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f617dc6a924a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907e18830ba240c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Evolution Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,526</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>