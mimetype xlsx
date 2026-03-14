--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9188eee0eb9445a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac76e6004462473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R907e18830ba240c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R358ec2d98f9e44fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89f617dc6a924a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R907e18830ba240c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b0d80b909be42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R358ec2d98f9e44fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Evolution Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>