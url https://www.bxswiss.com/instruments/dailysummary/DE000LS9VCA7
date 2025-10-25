--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8280ec14b6487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed872e8e8f24bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc3f702ea9d4477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b40f3371a82468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb93c563f7e62456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc3f702ea9d4477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce5c257ff634aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b40f3371a82468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>