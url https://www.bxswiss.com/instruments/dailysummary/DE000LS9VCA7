--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ed872e8e8f24bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6239a083200b4a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b40f3371a82468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8366e3626134ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce5c257ff634aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b40f3371a82468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra897ee3210734de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8366e3626134ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,066</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>