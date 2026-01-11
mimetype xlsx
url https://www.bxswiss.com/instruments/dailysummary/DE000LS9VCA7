--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6239a083200b4a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b2936ef0f24944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8366e3626134ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8faac7f0e5f948a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra897ee3210734de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8366e3626134ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca5e1ccbca14ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8faac7f0e5f948a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>