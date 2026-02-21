--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b2936ef0f24944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87439899781a4bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8faac7f0e5f948a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1750c06c21de41ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca5e1ccbca14ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8faac7f0e5f948a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05bc7261783d4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1750c06c21de41ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,004</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>