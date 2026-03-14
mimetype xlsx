--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87439899781a4bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e28aa0d52ce4beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1750c06c21de41ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70fa2730ffa64b52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05bc7261783d4979" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1750c06c21de41ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d55bef61b9414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70fa2730ffa64b52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Polen-Osteuropa ganz stark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VCA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>