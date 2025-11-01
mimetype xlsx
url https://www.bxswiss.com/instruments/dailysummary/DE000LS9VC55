--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1198cfc5908246b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91cec0e6ed546cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e6a3a5332d44949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0ddd76ed7942f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c85d9a64e84e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e6a3a5332d44949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f8de1caaee4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0ddd76ed7942f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>