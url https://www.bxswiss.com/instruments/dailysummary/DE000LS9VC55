--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb91cec0e6ed546cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4135ab105840ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d0ddd76ed7942f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125a70465f0d4b69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f8de1caaee4db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d0ddd76ed7942f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43400f995e634ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125a70465f0d4b69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>256,563</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>