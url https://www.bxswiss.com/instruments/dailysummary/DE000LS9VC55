--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4135ab105840ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4a76d640f8434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125a70465f0d4b69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00e994130434e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43400f995e634ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125a70465f0d4b69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ccc1e8fb3974762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00e994130434e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>