--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4a76d640f8434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8540a5a1444c39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00e994130434e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01888bae99b34214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ccc1e8fb3974762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00e994130434e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adb3bc4ec904866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01888bae99b34214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>252,821</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>