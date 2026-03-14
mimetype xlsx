--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8540a5a1444c39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb34045e961540e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01888bae99b34214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad3bb4768214dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4adb3bc4ec904866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01888bae99b34214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fff6a149a1940bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad3bb4768214dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>