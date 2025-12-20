--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ea57de54364690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5da6d99b224563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce079ba0f48e412b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214628d2cfa14c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad9016e729d4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce079ba0f48e412b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b282d7b4d074797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214628d2cfa14c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecWelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>238,771</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>238,261</x:t>
-[...274 lines deleted...]
-          <x:t>237,476</x:t>
+          <x:t>239,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>