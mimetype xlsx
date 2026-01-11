--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5da6d99b224563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69f5bd9efa540e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214628d2cfa14c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R087a467b27094ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b282d7b4d074797" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214628d2cfa14c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2048c4ea3d434992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R087a467b27094ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecWelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>239,386</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>238,991</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>239,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,275</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>