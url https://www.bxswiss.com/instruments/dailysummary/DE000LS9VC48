--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69f5bd9efa540e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ac809151824b48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R087a467b27094ef8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2887ba5e4e427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2048c4ea3d434992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R087a467b27094ef8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bae754a14844761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2887ba5e4e427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecWelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>237,935</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>239,102</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>