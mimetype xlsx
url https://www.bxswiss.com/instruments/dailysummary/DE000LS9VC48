--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ac809151824b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R284e543234a04b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf2887ba5e4e427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b7ec32ca0c48a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bae754a14844761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf2887ba5e4e427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a26d9b058b646d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b7ec32ca0c48a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecWelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>237,807</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,982</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...219 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,124</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>