--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f55aede34341fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5616633aae144d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4106cee486af4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114bd9ad3b0d452c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra894cc23add94be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4106cee486af4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce440f6e8ce447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114bd9ad3b0d452c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,004</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>