--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5616633aae144d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca9e4908db246fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114bd9ad3b0d452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb8051a0737423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce440f6e8ce447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114bd9ad3b0d452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664549dae7fd4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb8051a0737423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,076</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>98,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>