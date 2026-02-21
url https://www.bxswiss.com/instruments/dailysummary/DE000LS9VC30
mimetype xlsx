--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca9e4908db246fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7413c69bbb425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb8051a0737423e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11fcd1ef4ff44f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664549dae7fd4a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb8051a0737423e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06221e9890341cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11fcd1ef4ff44f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>97,030</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,002</x:t>
-[...274 lines deleted...]
-          <x:t>103,831</x:t>
+          <x:t>98,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>