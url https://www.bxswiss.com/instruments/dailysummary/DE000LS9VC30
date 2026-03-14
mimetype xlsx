--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7413c69bbb425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa3406df027144cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11fcd1ef4ff44f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07ea2dfbc5f4448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra06221e9890341cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11fcd1ef4ff44f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c173d80a0a45a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07ea2dfbc5f4448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendaktien Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>