--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978b3957b81f4765" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e69b4b3aad4550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d90812c15a4d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681755a383d849fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51d7cbe9b7794ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d90812c15a4d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8cffb1083a4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681755a383d849fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM wenige Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,238</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>