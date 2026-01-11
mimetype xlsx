--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e69b4b3aad4550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaeb6bbd0b034332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681755a383d849fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90bd394f57f04281"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc8cffb1083a4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681755a383d849fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ab27bd362a4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90bd394f57f04281" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM wenige Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,774</x:t>
-[...48 lines deleted...]
-          <x:t>76,808</x:t>
+          <x:t>76,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,781</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>76,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,811</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>