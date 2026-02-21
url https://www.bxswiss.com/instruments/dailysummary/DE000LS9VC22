--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaeb6bbd0b034332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5379f185e04ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90bd394f57f04281"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cd9753e07a8445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ab27bd362a4d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90bd394f57f04281" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd104db022ae542be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cd9753e07a8445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM wenige Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,584</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>