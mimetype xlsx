--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4891eff2cc423f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R164a63c9c85744b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3719e487e2d54c33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d84a684a1164224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5fb95774664428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3719e487e2d54c33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe0719339d644ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d84a684a1164224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>91,441</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>92,057</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>