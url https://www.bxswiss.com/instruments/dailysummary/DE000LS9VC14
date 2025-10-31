--- v1 (2025-10-31)
+++ v2 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R164a63c9c85744b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15fb866a6fd34d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d84a684a1164224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a335db41044df2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe0719339d644ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d84a684a1164224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc405b56c69f14723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a335db41044df2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +764,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>