--- v2 (2025-10-31)
+++ v3 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15fb866a6fd34d64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd6abcc69e04ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20a335db41044df2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e35720959543a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc405b56c69f14723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20a335db41044df2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c19dd693504de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e35720959543a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>