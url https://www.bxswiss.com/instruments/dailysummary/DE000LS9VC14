--- v3 (2025-11-21)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd6abcc69e04ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094713de70c446c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e35720959543a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a4571aeddb42b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1c19dd693504de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e35720959543a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42aef851285a4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a4571aeddb42b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>