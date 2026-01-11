--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094713de70c446c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e180fbc6304981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a4571aeddb42b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e20190a86a94587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42aef851285a4e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a4571aeddb42b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54543a9932894f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e20190a86a94587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>91,049</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,721</x:t>
-[...593 lines deleted...]
-          <x:t>90,683</x:t>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>