--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3e180fbc6304981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36388e503624c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e20190a86a94587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c679c357b74a8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54543a9932894f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e20190a86a94587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68702f23f38f4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c679c357b74a8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,836</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>