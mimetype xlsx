--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36388e503624c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eee2ba9502b49cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c679c357b74a8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0405912bb77e47cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68702f23f38f4538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c679c357b74a8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5277325b7d4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0405912bb77e47cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TREND Y MIN-VOL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VC14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>