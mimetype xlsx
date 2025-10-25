--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7325b7b2f6a3426d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9559e463a1c842e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R012f6f0767204a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7473c71c6d124d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da67435b2f84e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R012f6f0767204a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5943f45ccdf43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7473c71c6d124d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>