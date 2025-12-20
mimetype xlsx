--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9559e463a1c842e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300b8b5d4aaa45cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7473c71c6d124d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b60786348e64305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5943f45ccdf43ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7473c71c6d124d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redaaaa14abc84895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b60786348e64305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,609</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>