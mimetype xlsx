--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300b8b5d4aaa45cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f16523e3e7c4c26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b60786348e64305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f30b7433c24a9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redaaaa14abc84895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b60786348e64305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc51ef5af1c4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f30b7433c24a9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>