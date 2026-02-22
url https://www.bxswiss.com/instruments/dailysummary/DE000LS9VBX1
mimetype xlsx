--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f16523e3e7c4c26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59755a6715d042f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3f30b7433c24a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61788f7b14fb47b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc51ef5af1c4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3f30b7433c24a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729c9bc67d2445e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61788f7b14fb47b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,234</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>