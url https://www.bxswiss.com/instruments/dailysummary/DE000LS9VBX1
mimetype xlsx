--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59755a6715d042f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b9b938f67d4e72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61788f7b14fb47b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf185a700c3e146ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729c9bc67d2445e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61788f7b14fb47b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7616b1b2734604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf185a700c3e146ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China und Emerging Markets Tech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9VBX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>